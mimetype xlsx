--- v0 (2026-03-04)
+++ v1 (2026-03-05)
@@ -201,54 +201,54 @@
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>18:49</t>
   </si>
   <si>
     <t>Вьюшин Дмитрий</t>
   </si>
   <si>
     <t>30:40</t>
   </si>
   <si>
     <t>Двадненко Василий</t>
   </si>
   <si>
     <t>35:42</t>
   </si>
   <si>
     <t>Касьяненко Андрей</t>
   </si>
   <si>
     <t>42:40</t>
   </si>
   <si>
+    <t>Чигиринских Роман</t>
+  </si>
+  <si>
     <t>Кулик Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Чигиринских Роман</t>
   </si>
   <si>
     <t>Дзелинга Сергей</t>
   </si>
   <si>
     <t>Петров Андрей</t>
   </si>
   <si>
     <t>Назаров Иван</t>
   </si>
   <si>
     <t>Чаплинский Илья</t>
   </si>
   <si>
     <t>Маслов Александр</t>
   </si>
   <si>
     <t>Скворцов Павел</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
     <t>Кассович Александр</t>
   </si>
@@ -1878,78 +1878,78 @@
       <c r="L35" s="7">
         <v>71</v>
       </c>
       <c r="M35" s="7">
         <v>0</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>22</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>22</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>27</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>