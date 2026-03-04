--- v0 (2026-03-03)
+++ v1 (2026-03-04)
@@ -114,57 +114,57 @@
   <si>
     <t>Давыдов Алексей</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>32:06</t>
   </si>
   <si>
     <t>30:48</t>
   </si>
   <si>
     <t>Боровиков Виталий</t>
   </si>
   <si>
     <t>34:28</t>
   </si>
   <si>
     <t>Двадненко Василий</t>
   </si>
   <si>
     <t>Касьяненко Андрей</t>
   </si>
   <si>
+    <t>Чигиринских Роман</t>
+  </si>
+  <si>
     <t>Кулик Александр</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Чигиринских Роман</t>
   </si>
   <si>
     <t>Фролов Виктор</t>
   </si>
   <si>
     <t>Петров Андрей</t>
   </si>
   <si>
     <t>Назаров Иван</t>
   </si>
   <si>
     <t>Маслов Александр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
     <t>Пасека Денис</t>
   </si>
   <si>
     <t>Кассович Александр</t>
   </si>
@@ -1117,78 +1117,78 @@
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>22</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>22</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>24</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1225,51 +1225,51 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>33</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>39</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1997,51 +1997,51 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>72</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>83</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>