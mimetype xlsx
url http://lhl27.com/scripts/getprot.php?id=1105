--- v0 (2026-03-04)
+++ v1 (2026-03-04)
@@ -138,54 +138,54 @@
   <si>
     <t>Жалнин Денис</t>
   </si>
   <si>
     <t>Гроза Александр</t>
   </si>
   <si>
     <t>Абрамов Алексей</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Шкинев Юрий</t>
   </si>
   <si>
     <t>Степанов Станислав</t>
   </si>
   <si>
     <t>Пшеничнов Максим</t>
   </si>
   <si>
     <t>Первушов Александр</t>
   </si>
   <si>
+    <t>Новоселов Константин</t>
+  </si>
+  <si>
     <t>Кузнецов Глеб</t>
-  </si>
-[...1 lines deleted...]
-    <t>Новоселов Константин</t>
   </si>
   <si>
     <t>Ледовский Алексей</t>
   </si>
   <si>
     <t>Дюжов Михаил</t>
   </si>
   <si>
     <t>Афанасьев Михаил</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Спарта»</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>15:40</t>
   </si>