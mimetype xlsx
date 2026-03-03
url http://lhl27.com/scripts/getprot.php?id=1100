--- v0 (2025-12-09)
+++ v1 (2026-03-03)
@@ -156,54 +156,54 @@
   <si>
     <t>Губкин Егор</t>
   </si>
   <si>
     <t>Дроздович Дмитрий</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Викинги»</t>
   </si>
   <si>
     <t>Жалнин Денис</t>
   </si>
   <si>
     <t>Дмитриев Максим</t>
   </si>
   <si>
+    <t>Абрамов Алексей</t>
+  </si>
+  <si>
     <t>Шкинев Юрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Абрамов Алексей</t>
   </si>
   <si>
     <t>Степанов Станислав</t>
   </si>
   <si>
     <t>Пшеничнов Максим</t>
   </si>
   <si>
     <t>Соловьев Сергей</t>
   </si>
   <si>
     <t>Востриков Максим</t>
   </si>
   <si>
     <t>Кузнецов Глеб</t>
   </si>
   <si>
     <t>Ледовский Алексей</t>
   </si>
   <si>
     <t>Дюжов Илья</t>
   </si>
   <si>
     <t>Жгарев Валерий</t>
   </si>
@@ -1696,78 +1696,78 @@
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>13</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>13</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>22</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>