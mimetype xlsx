--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -102,57 +102,57 @@
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>2:30</t>
   </si>
   <si>
     <t>30:45</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>Тортоев Василий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>23:26</t>
   </si>
   <si>
+    <t>Коломиец Виктор</t>
+  </si>
+  <si>
+    <t>39:11</t>
+  </si>
+  <si>
     <t>Заикин Илья</t>
-  </si>
-[...4 lines deleted...]
-    <t>Коломиец Виктор</t>
   </si>
   <si>
     <t>44:10</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Денисенко Максим</t>
   </si>
   <si>
     <t>Казаченок Руслан</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Алемасов Андрей</t>
   </si>
   <si>
     <t>Маслов Алексей</t>
   </si>