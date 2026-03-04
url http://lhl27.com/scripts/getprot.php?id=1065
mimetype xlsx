--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -96,59 +96,59 @@
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>25:31</t>
   </si>
   <si>
     <t>32:34</t>
   </si>
   <si>
     <t>Трубачев Дмитрий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
+    <t>Нагорный Евгений</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
     <t>Рязанский Артем</t>
   </si>
   <si>
-    <t>Нагорный Евгений</t>
-[...4 lines deleted...]
-  <si>
     <t>Локтев Дмитрий</t>
   </si>
   <si>
     <t>Свиридов Валерий</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
     <t>Копылов Станислав</t>
   </si>
   <si>
     <t>Свиридов Илья</t>
   </si>
   <si>
     <t>Крамской Кирилл</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Першин Ярослав</t>
   </si>
   <si>
     <t>Главный тренер</t>
@@ -174,54 +174,54 @@
   <si>
     <t>12:33</t>
   </si>
   <si>
     <t>21:45</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>ПВ</t>
   </si>
   <si>
     <t>44:37</t>
   </si>
   <si>
     <t>36:24</t>
   </si>
   <si>
     <t>Вяткин Алексей</t>
   </si>
   <si>
     <t>41:01</t>
   </si>
   <si>
+    <t>Черкес Кирилл</t>
+  </si>
+  <si>
     <t>Селихов Алексей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Черкес Кирилл</t>
   </si>
   <si>
     <t>Нестеров Виталий</t>
   </si>
   <si>
     <t>Стиба Евгений</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Скляров Артем</t>
   </si>
   <si>
     <t>Левицкий Алексей</t>
   </si>
   <si>
     <t>Сахно Павел</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>
@@ -976,78 +976,78 @@
       <c r="H6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
       <c r="L6" s="6"/>
       <c r="M6" s="8"/>
       <c r="N6" s="6"/>
       <c r="O6" s="6"/>
       <c r="P6" s="6"/>
       <c r="Q6" s="6"/>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
         <v>12</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="8"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>12</v>
       </c>
       <c r="B8" s="12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>17</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
@@ -1084,78 +1084,78 @@
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>34</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>35</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>49</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1192,51 +1192,51 @@
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>80</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5"/>
       <c r="B16" s="12"/>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5"/>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
@@ -1553,51 +1553,51 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>3</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>41</v>
       </c>
       <c r="K30" s="7">
         <v>5</v>
       </c>
       <c r="L30" s="7">
         <v>44</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>42</v>
       </c>
       <c r="O30" s="7">
         <v>5</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
@@ -1833,51 +1833,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>27</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>28</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
@@ -1887,51 +1887,51 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>32</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>47</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
@@ -1968,51 +1968,51 @@
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>74</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>86</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>