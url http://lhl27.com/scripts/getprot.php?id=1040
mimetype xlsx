--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -102,63 +102,63 @@
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>29:55</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>32:04</t>
   </si>
   <si>
     <t>Селихов Алексей</t>
   </si>
   <si>
     <t>Храмцов Кирилл</t>
   </si>
   <si>
+    <t>Лопухов Егор</t>
+  </si>
+  <si>
+    <t>Назаров Дмитрий</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
     <t>Стиба Евгений</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...7 lines deleted...]
-    <t>Зщ</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Юн Олег</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
     <t>Колюбанов Денис</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -1043,78 +1043,78 @@
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>19</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>19</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>19</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
@@ -1124,51 +1124,51 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>27</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>36</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1178,51 +1178,51 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>38</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>61</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1286,51 +1286,51 @@
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>74</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5"/>
       <c r="B19" s="12"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
@@ -1584,51 +1584,51 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>14</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>44</v>
       </c>
       <c r="K30" s="7">
         <v>77</v>
       </c>
       <c r="L30" s="7">
         <v>0</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>45</v>
       </c>
       <c r="O30" s="7">
         <v>91</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
@@ -1719,51 +1719,51 @@
       <c r="L32" s="7">
         <v>0</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>31</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>54</v>
       </c>
       <c r="K33" s="7">
         <v>77</v>
       </c>
       <c r="L33" s="7">
         <v>30</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
@@ -1832,51 +1832,51 @@
       <c r="L35" s="7">
         <v>5</v>
       </c>
       <c r="M35" s="7">
         <v>0</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>71</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>73</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
@@ -1886,51 +1886,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>74</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>88</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
@@ -1967,51 +1967,51 @@
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>100</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7"/>
       <c r="B42" s="12"/>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7"/>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>