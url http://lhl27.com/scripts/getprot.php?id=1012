--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -138,54 +138,54 @@
   <si>
     <t>Гамей Александр</t>
   </si>
   <si>
     <t>Нестеров Виталий</t>
   </si>
   <si>
     <t>Царегородцев Сергей</t>
   </si>
   <si>
     <t>Вороненко Александр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Маслянский Михаил</t>
   </si>
   <si>
     <t>Шерстнев Роман</t>
   </si>
   <si>
     <t>Есягин Марк</t>
   </si>
   <si>
+    <t>Казимирчук Александр</t>
+  </si>
+  <si>
     <t>Иокша Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Казимирчук Александр</t>
   </si>
   <si>
     <t>Лебедев Вячеслав</t>
   </si>
   <si>
     <t>Гончаров Алексей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Транснефть»</t>
   </si>
   <si>
     <t>14:35</t>
   </si>
   <si>
     <t>23:23</t>
   </si>