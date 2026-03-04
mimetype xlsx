--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -135,72 +135,72 @@
   <si>
     <t>Морозов Сергей</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>Юрченко Константин</t>
   </si>
   <si>
     <t>Гамей Александр</t>
   </si>
   <si>
     <t>Нестеров Виталий</t>
   </si>
   <si>
     <t>Царегородцев Сергей</t>
   </si>
   <si>
+    <t>Застеба Александр</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
     <t>Вороненко Александр</t>
   </si>
   <si>
-    <t>Зщ</t>
-[...4 lines deleted...]
-  <si>
     <t>Маслянский Михаил</t>
   </si>
   <si>
     <t>Шерстнев Роман</t>
   </si>
   <si>
     <t>Есягин Марк</t>
   </si>
   <si>
+    <t>Иокша Александр</t>
+  </si>
+  <si>
     <t>Казимирчук Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Иокша Александр</t>
   </si>
   <si>
     <t>Лебедев Вячеслав</t>
   </si>
   <si>
     <t>Овчинников Александр</t>
   </si>
   <si>
     <t>Гончаров Алексей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Транснефть»</t>
   </si>
   <si>
     <t>17:14</t>
   </si>