--- v1 (2026-03-04)
+++ v2 (2026-03-05)
@@ -135,57 +135,57 @@
   <si>
     <t>Морозов Сергей</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>Юрченко Константин</t>
   </si>
   <si>
     <t>Гамей Александр</t>
   </si>
   <si>
     <t>Нестеров Виталий</t>
   </si>
   <si>
     <t>Царегородцев Сергей</t>
   </si>
   <si>
+    <t>Вороненко Александр</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
     <t>Застеба Александр</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вороненко Александр</t>
   </si>
   <si>
     <t>Маслянский Михаил</t>
   </si>
   <si>
     <t>Шерстнев Роман</t>
   </si>
   <si>
     <t>Есягин Марк</t>
   </si>
   <si>
     <t>Иокша Александр</t>
   </si>
   <si>
     <t>Казимирчук Александр</t>
   </si>
   <si>
     <t>Лебедев Вячеслав</t>
   </si>
   <si>
     <t>Овчинников Александр</t>
   </si>
   <si>
     <t>Гончаров Алексей</t>
   </si>